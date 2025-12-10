--- v0 (2025-11-19)
+++ v1 (2025-12-10)
@@ -169,50 +169,53 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Filmmuseum Distributie</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Atalanta Filmes</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Kara tahta</t>
+  </si>
+  <si>
     <t>NO</t>
   </si>
   <si>
     <t>Tavler</t>
   </si>
   <si>
     <t>CA,US</t>
   </si>
   <si>
     <t>Blackboards</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Pizarrones</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Quadro Negro</t>
   </si>
   <si>
     <t>CA,FR</t>
@@ -236,53 +239,50 @@
     <t>FI</t>
   </si>
   <si>
     <t>Liitutaulut</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Fekete tábla</t>
   </si>
   <si>
     <t>Lavagne</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Tablice</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Školska tabla</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kara tahta</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Школьные доски</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ブラックボード 背負う人</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>The Blackboard</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -1166,161 +1166,161 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
       <c r="B2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...6 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B9" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
       <c r="B10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B11" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>75</v>
       </c>
       <c r="B17" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>79</v>
       </c>