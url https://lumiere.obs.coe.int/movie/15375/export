--- v0 (2025-11-20)
+++ v1 (2025-12-11)
@@ -187,87 +187,87 @@
   <si>
     <t>SF Bio</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Gutek Film</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SFI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Infidelidades</t>
+  </si>
+  <si>
+    <t>Amistia</t>
+  </si>
+  <si>
+    <t>Apistia</t>
+  </si>
+  <si>
+    <t>Wiarolomni</t>
+  </si>
+  <si>
     <t>UA</t>
   </si>
   <si>
     <t>Невiрна</t>
   </si>
   <si>
     <t>BR,ES</t>
   </si>
   <si>
     <t>Infiel</t>
   </si>
   <si>
     <t>CA,US</t>
   </si>
   <si>
     <t>Faithless</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Infidelidad</t>
-  </si>
-[...13 lines deleted...]
-    <t>Wiarolomni</t>
   </si>
   <si>
     <t>Nevěra</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Die Treulosen</t>
   </si>
   <si>
     <t>DK,NO</t>
   </si>
   <si>
     <t>Troløs</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Uskoton</t>
   </si>
   <si>
     <t>Infidèle</t>
   </si>
@@ -1327,102 +1327,102 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>57</v>
       </c>
       <c r="B2" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>59</v>
-      </c>
-[...9 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>1</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="B9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2">
+      <c r="A10" t="s">
         <v>68</v>
       </c>
-    </row>
-    <row r="10" spans="1:2">
       <c r="B10" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>35</v>
       </c>
       <c r="B11" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>71</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
@@ -1473,51 +1473,51 @@
       <c r="A19" t="s">
         <v>50</v>
       </c>
       <c r="B19" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>84</v>
       </c>
       <c r="B20" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>86</v>
       </c>
       <c r="B21" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B22" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>44</v>
       </c>
       <c r="B23" t="s">
         <v>89</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">