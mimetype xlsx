--- v0 (2025-11-15)
+++ v1 (2025-12-06)
@@ -812,67 +812,67 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
         <v>29</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B3" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-      <c r="B3" t="s">
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>33</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>36</v>
       </c>
       <c r="B6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>