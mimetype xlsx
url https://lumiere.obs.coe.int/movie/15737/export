--- v0 (2025-11-23)
+++ v1 (2026-01-06)
@@ -130,50 +130,56 @@
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Action Cinémas</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>O Compromisso</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
     <t>Kader degismez</t>
   </si>
   <si>
     <t>AU,CA,GB,US</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Uklad</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Споразумението</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Movidos pelo Ódio</t>
@@ -221,56 +227,50 @@
     <t>Megegyezés</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Il compromesso</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>アレンジメント 愛の旋律</t>
   </si>
   <si>
     <t>Arenjimento: Ai no senritsu</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>El arreglo</t>
   </si>
   <si>
     <t>Układ</t>
-  </si>
-[...4 lines deleted...]
-    <t>O Compromisso</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Aranjamentul</t>
   </si>
   <si>
     <t>Înţelegerea</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Uppgörelsen</t>
   </si>
   <si>
     <t>Kader Değişmez</t>
   </si>
   <si>
     <t>Сделка</t>
   </si>
   <si>
     <t>Tichá dohoda</t>
   </si>
@@ -954,59 +954,59 @@
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>38</v>
       </c>
       <c r="B2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>40</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>43</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>47</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
@@ -1055,107 +1055,107 @@
       <c r="A13" t="s">
         <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>63</v>
       </c>
       <c r="B15" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B17" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>71</v>
       </c>
       <c r="B20" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>71</v>
       </c>
       <c r="B21" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>74</v>
       </c>
       <c r="B22" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B23" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="B24" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="B25" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>79</v>
       </c>
       <c r="B26" t="s">
         <v>80</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>