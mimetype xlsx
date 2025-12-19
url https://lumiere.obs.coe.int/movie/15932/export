--- v0 (2025-11-20)
+++ v1 (2025-12-19)
@@ -97,78 +97,78 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2000</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,DE,ES,FR,GB,GR,SG,US</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Моллі</t>
+  </si>
+  <si>
+    <t>Rescue Me</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Experimentando a Vida</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Molly, vár a világ</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
     <t>Moli</t>
-  </si>
-[...22 lines deleted...]
-    <t>Molly, vár a világ</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Молли</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -694,72 +694,72 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>37</v>
       </c>