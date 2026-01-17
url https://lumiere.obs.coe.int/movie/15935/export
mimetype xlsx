--- v0 (2025-12-06)
+++ v1 (2026-01-17)
@@ -193,78 +193,78 @@
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Videa-CDE</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Columbia</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>O teleftaios aftokratoras</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Poslednji kineski car</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Останнiй iмператор</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,KR,NL,SG,US</t>
+  </si>
+  <si>
+    <t>El ultimo emperador</t>
+  </si>
+  <si>
+    <t>L'ultimo Imperatore - 3d</t>
+  </si>
+  <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>El último emperador</t>
-  </si>
-[...22 lines deleted...]
-    <t>L'ultimo Imperatore - 3d</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Последният император</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Último Imperador</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Le dernier empereur</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Modai huangi</t>
   </si>
@@ -1373,94 +1373,94 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="B3" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>62</v>
       </c>
       <c r="B4" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>64</v>
       </c>
       <c r="B5" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
         <v>65</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>67</v>
       </c>
-    </row>
-    <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>69</v>
       </c>
       <c r="B9" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>71</v>
       </c>
       <c r="B10" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>73</v>
       </c>
       <c r="B11" t="s">
@@ -1583,80 +1583,80 @@
       <c r="A26" t="s">
         <v>98</v>
       </c>
       <c r="B26" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>101</v>
       </c>
       <c r="B28" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>104</v>
       </c>
       <c r="B30" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>106</v>
       </c>
       <c r="B31" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="B32" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B33" t="s">
         <v>109</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>