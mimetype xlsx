--- v0 (2025-11-20)
+++ v1 (2025-12-11)
@@ -202,186 +202,186 @@
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Midas Filmes</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Tatli günler</t>
+  </si>
+  <si>
+    <t>Domnisoarele din Rochefort</t>
+  </si>
+  <si>
+    <t>BE,CA,FR</t>
+  </si>
+  <si>
+    <t>AR,ES,MX</t>
+  </si>
+  <si>
+    <t>Las señoritas de Rochefort</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>De jonge dames van Rochefort</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Госпожиците от Рошфор</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Duas Garotas Românticas</t>
+  </si>
+  <si>
+    <t>CA,US</t>
+  </si>
+  <si>
+    <t>The Young Girls of Rochefort</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Pigerne fra Rochefort</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Rocheforti tüdrukud</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>Flickorna i Rochefort</t>
+  </si>
+  <si>
+    <t>Rochefortin tytöt</t>
+  </si>
+  <si>
+    <t>Les Demoiselles de Rochefort</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Ta koritsia tou Rochefort</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A rochefort-i kisasszonyok</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Josephine</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ロシュフォールの恋人たち</t>
+  </si>
+  <si>
+    <t>Roshufôru no koibito tachi</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Pikene fra Rochefort</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Panienki z Rochefort</t>
+  </si>
+  <si>
+    <t>As Donzelas de Rochefort</t>
+  </si>
+  <si>
+    <t>Domnișoarele din Rochefort</t>
+  </si>
+  <si>
+    <t>Tatlı günler</t>
+  </si>
+  <si>
+    <t>Девушки из Рошфора</t>
+  </si>
+  <si>
+    <t>Devojke iz Rošfora</t>
+  </si>
+  <si>
+    <t>Die Fräulein von Rochefort</t>
+  </si>
+  <si>
+    <t>Die Mädchen von Rochefort</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Дівчата з Рошфора</t>
+  </si>
+  <si>
     <t>CN</t>
   </si>
   <si>
     <t>柳媚花娇</t>
-  </si>
-[...130 lines deleted...]
-    <t>Дівчата з Рошфора</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1534,70 +1534,70 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>62</v>
       </c>
       <c r="B2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B3" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B5" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>68</v>
       </c>
       <c r="B6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>70</v>
       </c>
       <c r="B7" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>72</v>
       </c>
       <c r="B8" t="s">
         <v>73</v>
       </c>
@@ -1614,168 +1614,168 @@
       <c r="A10" t="s">
         <v>76</v>
       </c>
       <c r="B10" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>78</v>
       </c>
       <c r="B11" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>80</v>
       </c>
       <c r="B12" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B14" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="B15" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>86</v>
       </c>
       <c r="B16" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>88</v>
       </c>
       <c r="B17" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>90</v>
       </c>
       <c r="B18" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
+        <v>90</v>
+      </c>
+      <c r="B19" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B20" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B22" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B23" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B24" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2">
+      <c r="B25" t="s">
         <v>100</v>
-      </c>
-[...6 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="B26" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="B27" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="B28" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2">
+      <c r="A29" t="s">
         <v>104</v>
       </c>
-    </row>
-    <row r="29" spans="1:2">
       <c r="B29" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>106</v>
       </c>
       <c r="B30" t="s">
         <v>107</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>