--- v0 (2025-11-25)
+++ v1 (2026-01-08)
@@ -94,69 +94,69 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2001</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Nas Baladas de Sugar Town</t>
+  </si>
+  <si>
     <t>FR,GB</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Glykeia politeia</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>A Cidade do Pó</t>
-  </si>
-[...4 lines deleted...]
-    <t>Nas Baladas de Sugar Town</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Face à la musique</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Untitled Anders-Voss Project</t>
   </si>
   <si>
     <t>Γλυκιά πολιτεία</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Шугар Таун</t>
   </si>
 </sst>
 </file>
 
@@ -700,96 +700,96 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">