--- v0 (2026-01-02)
+++ v1 (2026-02-08)
@@ -145,50 +145,56 @@
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Mission</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>BFI</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Šaft</t>
+  </si>
+  <si>
     <t>AR,AU,BR,CA,DE,GB,HU,MX,RO,US</t>
   </si>
   <si>
     <t>Shaft - stenhård dekkare</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Шафт</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Les nuits rouges de Harlem</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Shaft: Detektiv i aktion</t>
   </si>
   <si>
     <t>ES</t>
@@ -215,56 +221,50 @@
     <t>Shaft il detective</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>黒いジャガー</t>
   </si>
   <si>
     <t>Kuroi jagâ</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Shaft - Bandekrig i Harlem</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Shaft, Mafia em Nova Iorque</t>
   </si>
   <si>
     <t>Shaft - Máfia em Nova Iorque</t>
-  </si>
-[...4 lines deleted...]
-    <t>Šaft</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Mitt namn är Shaft</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Kızgın Adam</t>
   </si>
   <si>
     <t>Korkusuz</t>
   </si>
   <si>
     <t>Detektiv Saft</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Ο μάυρος πάνθηρας</t>
   </si>
@@ -1013,176 +1013,176 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="B3" t="s">
-        <v>44</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>49</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>51</v>
       </c>
       <c r="B7" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="B8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>36</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>36</v>
       </c>
       <c r="B11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="B12" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B15" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>64</v>
       </c>
       <c r="B16" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B18" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>69</v>
       </c>
       <c r="B19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>71</v>
       </c>
       <c r="B20" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>71</v>
       </c>