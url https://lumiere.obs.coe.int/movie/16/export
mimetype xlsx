--- v0 (2025-11-20)
+++ v1 (2025-12-10)
@@ -166,153 +166,153 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AT,AU,CA,DE,DK,ES,GB,HK,NL,PT,RO,SE,SI,US</t>
+  </si>
+  <si>
+    <t>Eliminador</t>
+  </si>
+  <si>
+    <t>L'eliminatore</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Likvidator</t>
+  </si>
+  <si>
+    <t>AR,MX,VE</t>
+  </si>
+  <si>
+    <t>El protector</t>
+  </si>
+  <si>
+    <t>Заличителят</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Queima de Arquivo</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>L'effaceur</t>
+  </si>
+  <si>
+    <t>CZ,SK</t>
+  </si>
+  <si>
+    <t>Likvidátor</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Kustutaja</t>
+  </si>
+  <si>
+    <t>Eraser (Eliminador)</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Apolyti diagrafi</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Brisač</t>
+  </si>
+  <si>
+    <t>Végképp eltörölni</t>
+  </si>
+  <si>
+    <t>L'eliminatore - Eraser</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>イレイザー</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Trintukas</t>
+  </si>
+  <si>
+    <t>Egzekutor</t>
+  </si>
+  <si>
+    <t>Ликвидатор</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Silici</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Стиратель</t>
+  </si>
+  <si>
     <t>UA</t>
   </si>
   <si>
     <t>Стирач</t>
-  </si>
-[...97 lines deleted...]
-    <t>Стиратель</t>
   </si>
   <si>
     <t>Απόλυτη διαγραφή</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1168,218 +1168,218 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>50</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>51</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>53</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="B8" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>60</v>
       </c>
       <c r="B9" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>62</v>
       </c>
       <c r="B10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>64</v>
       </c>
       <c r="B11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>34</v>
+      </c>
+      <c r="B12" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="B13" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>69</v>
       </c>
       <c r="B14" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="B20" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="B21" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>81</v>
       </c>
       <c r="B22" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>83</v>
       </c>
       <c r="B23" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B24" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>