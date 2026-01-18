--- v0 (2025-12-07)
+++ v1 (2026-01-18)
@@ -184,78 +184,78 @@
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Kino Kults</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Biograf Spegeln i Malmö</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>マイ・フェア・レディ</t>
+  </si>
+  <si>
+    <t>AU,CA,CZ,DE,DK,FI,FR,GB,HU,IT,KR,NL,NO,PL,SE,SG,US</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
+    <t>Benim tatli melegim</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Моя чарiвна ледi</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Моята прекрасна лейди</t>
+  </si>
+  <si>
     <t>Benim Tatlı Meleğim</t>
-  </si>
-[...22 lines deleted...]
-    <t>Моята прекрасна лейди</t>
   </si>
   <si>
     <t>CN,HK</t>
   </si>
   <si>
     <t>窈窕淑女</t>
   </si>
   <si>
     <t>My Fair Lady-Mi bella dama</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>Mi bella dama</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Minha Bela Dama</t>
   </si>
   <si>
     <t>EE</t>
   </si>
@@ -1367,80 +1367,80 @@
     <col min="1" max="1" width="48.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>56</v>
       </c>
       <c r="B2" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>58</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B4" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>69</v>
       </c>
       <c r="B10" t="s">
         <v>70</v>
       </c>
@@ -1529,51 +1529,51 @@
       <c r="A21" t="s">
         <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>76</v>
       </c>
       <c r="B22" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>91</v>
       </c>
       <c r="B23" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B24" t="s">
         <v>93</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>