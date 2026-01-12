--- v0 (2025-11-29)
+++ v1 (2026-01-12)
@@ -136,57 +136,57 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Pathé</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Кафка</t>
+  </si>
+  <si>
     <t>BR,CA,DE,DK,FI,FR,GB,GR,HU,MX,PT,RO,TR,US</t>
-  </si>
-[...4 lines deleted...]
-    <t>Кафка</t>
   </si>
   <si>
     <t>Kafka, la verdad oculta</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Delitti e segreti</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>KAFKA／迷宮の悪夢</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -881,59 +881,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="41" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>41</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>33</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>46</v>
       </c>
       <c r="B6" t="s">
         <v>47</v>
       </c>