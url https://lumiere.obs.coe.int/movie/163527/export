--- v0 (2025-11-29)
+++ v1 (2026-01-11)
@@ -115,50 +115,68 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Manuel Salvador</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Tamasa Distribution</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>O Avarento</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Avarul</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Den girige</t>
+  </si>
+  <si>
     <t>JP</t>
   </si>
   <si>
     <t>守銭奴</t>
   </si>
   <si>
     <t>CA,FR,KR</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O avarento</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>El avaro</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Скъперникът</t>
@@ -176,68 +194,50 @@
     <t>Grandiose Delusions</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O megalos tsigounis</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A fösvény</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>De Vrek</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Skąpiec</t>
-  </si>
-[...16 lines deleted...]
-    <t>Den girige</t>
   </si>
   <si>
     <t>Louis, der Geizkragen</t>
   </si>
   <si>
     <t>The Miser</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>Скупой</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Скупий</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -863,75 +863,75 @@
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>35</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>42</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>46</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
@@ -969,51 +969,51 @@
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>56</v>
       </c>
       <c r="B14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>58</v>
       </c>
       <c r="B15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="B16" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B17" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>62</v>
       </c>
       <c r="B18" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>64</v>
       </c>
       <c r="B19" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>