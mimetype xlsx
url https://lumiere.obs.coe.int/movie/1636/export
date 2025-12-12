--- v0 (2025-11-20)
+++ v1 (2025-12-12)
@@ -148,75 +148,75 @@
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Mayfair Film Distribution</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Drôle de vie</t>
+  </si>
+  <si>
     <t>AR</t>
   </si>
   <si>
     <t>La vida es formidable</t>
   </si>
   <si>
     <t>La vie en rose</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Животът е сладък</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Vida é Doce</t>
-  </si>
-[...4 lines deleted...]
-    <t>Drôle de vie</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Das Leben ist süß</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Zycie jest slodkie</t>
   </si>
   <si>
     <t>DK,FR,GB,US</t>
   </si>
   <si>
     <t>Life Is Sweet</t>
   </si>
   <si>
     <t>La vida es dulce</t>
   </si>
   <si>
     <t>FI</t>
   </si>
@@ -1085,59 +1085,59 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="B3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>53</v>
       </c>