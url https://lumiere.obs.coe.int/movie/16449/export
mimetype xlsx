--- v0 (2025-11-21)
+++ v1 (2025-12-12)
@@ -136,57 +136,57 @@
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Cooper Films</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Leopardo Filmes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Esas mujeres</t>
+  </si>
+  <si>
     <t>LT</t>
   </si>
   <si>
     <t>Tos visos moterys</t>
-  </si>
-[...1 lines deleted...]
-    <t>Esas mujeres</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Alle disse kvinnene</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>¡Ni hablar de esas mujeres!</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Да не говорим за всички тези жени</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Para Não Falar de Todas Essas Mulheres</t>
   </si>
@@ -978,58 +978,58 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="48.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>40</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
         <v>41</v>
       </c>
-    </row>
-    <row r="3" spans="1:2">
       <c r="B3" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>43</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
@@ -1104,51 +1104,51 @@
       <c r="A15" t="s">
         <v>60</v>
       </c>
       <c r="B15" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>62</v>
       </c>
       <c r="B16" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>64</v>
       </c>
       <c r="B17" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>68</v>
       </c>
       <c r="B20" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>36</v>
       </c>