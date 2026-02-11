--- v0 (2025-11-21)
+++ v1 (2026-02-11)
@@ -118,78 +118,78 @@
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Filmladen</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Weltkino Filmverleih</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Kőszív</t>
+  </si>
+  <si>
     <t>BE</t>
   </si>
   <si>
     <t>Peter le charbonnier</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Студено сърце</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Corazón de piedra</t>
   </si>
   <si>
-    <t>HU</t>
-[...1 lines deleted...]
-  <si>
     <t>Hideg szív</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kőszív</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Kamienne serca</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>A Lenda da Floresta</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Inimă rece</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Kamnito srce</t>
   </si>
@@ -852,72 +852,72 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>34</v>
       </c>
       <c r="B2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>36</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>46</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>48</v>
       </c>