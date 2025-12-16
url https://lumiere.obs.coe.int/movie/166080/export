--- v0 (2025-11-23)
+++ v1 (2025-12-16)
@@ -79,105 +79,105 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2023</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IT,SE</t>
+  </si>
+  <si>
+    <t>AR,ES</t>
+  </si>
+  <si>
+    <t>Los caníbales</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Os Canibais</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Kannibalerna</t>
+  </si>
+  <si>
+    <t>Ihmissyöjät</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Les cannibales</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Antigoni 72</t>
+  </si>
+  <si>
+    <t>Oi kannivaloi</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Kannibálok</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>Cannibals</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Kanibale</t>
-  </si>
-[...49 lines deleted...]
-    <t>Cannibals</t>
   </si>
   <si>
     <t>Каннибалы</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>The Year of the Cannibals</t>
   </si>
   <si>
     <t>The Cannibals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -688,112 +688,112 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
-        <v>22</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B10" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>36</v>
       </c>
       <c r="B11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>38</v>
       </c>
       <c r="B12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="B13" t="s">
         <v>40</v>
       </c>