--- v0 (2025-11-20)
+++ v1 (2025-12-14)
@@ -91,87 +91,87 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2000</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,GB,US</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Frontera prohibida</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Трева</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Três Sócios Duvidosos</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Cannabis Express</t>
+  </si>
+  <si>
+    <t>L'héritage de Malcolm</t>
+  </si>
+  <si>
     <t>DE</t>
   </si>
   <si>
     <t>Grasalarm - Homegrown</t>
   </si>
   <si>
     <t>Cosecha propia</t>
-  </si>
-[...28 lines deleted...]
-    <t>L'héritage de Malcolm</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Homegrown - hamppukunkut</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Cannabis express - L'héritage de Malcolm</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Hontra kolpa</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Trava</t>
   </si>
@@ -766,104 +766,104 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>40</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>42</v>
       </c>