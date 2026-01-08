--- v0 (2025-11-23)
+++ v1 (2026-01-08)
@@ -163,50 +163,62 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>FINA</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SFI</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tiglon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Aima kai pathos</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Az éhség</t>
+  </si>
+  <si>
     <t>The Hunger: El lado salvaje del deseo</t>
   </si>
   <si>
     <t>Zagadka niesmiertelnosci</t>
   </si>
   <si>
     <t>AU,CA,GB,HK,NL,US</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Glad</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>El ansia</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>De roofdieren</t>
@@ -218,62 +230,50 @@
     <t>Fome de Viver</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Begierde</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Hunger</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Verenjano</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Les prédateurs</t>
-  </si>
-[...10 lines deleted...]
-    <t>Az éhség</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Miriam si sveglia a mezzanotte</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>악마의 키스</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Alkis</t>
   </si>
   <si>
     <t>NO,SE</t>
   </si>
   <si>
     <t>Blodshunger</t>
   </si>
@@ -1118,81 +1118,81 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
       <c r="B3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>53</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>58</v>
       </c>
       <c r="B8" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>60</v>
       </c>
       <c r="B9" t="s">
         <v>61</v>
       </c>
@@ -1302,51 +1302,51 @@
       <c r="A23" t="s">
         <v>85</v>
       </c>
       <c r="B23" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>87</v>
       </c>
       <c r="B24" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>45</v>
       </c>
       <c r="B25" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="B26" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>91</v>
       </c>
       <c r="B27" t="s">
         <v>92</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">