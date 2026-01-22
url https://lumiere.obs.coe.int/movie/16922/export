--- v0 (2025-12-05)
+++ v1 (2026-01-22)
@@ -97,50 +97,56 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2000</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Aurum Producciones (ES)</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Mennydörgés</t>
+  </si>
+  <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Blesk</t>
   </si>
   <si>
     <t>Jackie Chan, operacion trueno</t>
   </si>
   <si>
     <t>Pik lik foh</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Dead Heat</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Gromska strela</t>
   </si>
   <si>
     <t>GR</t>
@@ -161,56 +167,50 @@
     <t>Jackie Chan, pilot de curse</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Jackie Chan - Showdown mit 1000 PS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Jackie Chan sous pression</t>
   </si>
   <si>
     <t>Jackie Chan's Thunderbolt</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Kao grom iz vedra neba</t>
   </si>
   <si>
     <t>Keravnos</t>
-  </si>
-[...4 lines deleted...]
-    <t>Mennydörgés</t>
   </si>
   <si>
     <t>Operación trueno</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Szybszy od blyskawicy</t>
   </si>
   <si>
     <t>Thanasimos san keravnos</t>
   </si>
   <si>
     <t>FI,NO,SE</t>
   </si>
   <si>
     <t>Thunderbolt</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Thunderbolt: Ação Sobre Rodas</t>
   </si>
@@ -804,68 +804,68 @@
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
@@ -876,139 +876,139 @@
       <c r="A10" t="s">
         <v>39</v>
       </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>41</v>
       </c>
       <c r="B11" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>43</v>
       </c>
       <c r="B12" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B13" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B14" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="B15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>52</v>
       </c>
       <c r="B18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>55</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>57</v>
       </c>
       <c r="B21" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>59</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>59</v>
       </c>
       <c r="B23" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B24" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>63</v>
       </c>
       <c r="B25" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>65</v>
       </c>
       <c r="B26" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>67</v>
       </c>