--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -172,50 +172,56 @@
   <si>
     <t>A Contracorriente Films</t>
   </si>
   <si>
     <t>Sophie Dulac Distribution</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>ZON Lusomundo</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SFI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Yasak Oyunlar</t>
+  </si>
+  <si>
     <t>BE,CA,FR,NL</t>
   </si>
   <si>
     <t>The Forbidden Games</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Забороненi iгри</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>Juegos prohibidos</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Verbotene Spiele</t>
   </si>
   <si>
     <t>BE</t>
@@ -287,56 +293,50 @@
     <t>NO</t>
   </si>
   <si>
     <t>Forbudt lek</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Zakazane zabawy</t>
   </si>
   <si>
     <t>Brincadeiras Proibidas</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Jocuri interzise</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Zabranjene igre</t>
-  </si>
-[...4 lines deleted...]
-    <t>Yasak Oyunlar</t>
   </si>
   <si>
     <t>Запрещённые игры</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>The Secret Game</t>
   </si>
   <si>
     <t>Заборонені ігри</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1213,62 +1213,62 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>52</v>
       </c>
       <c r="B2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>56</v>
       </c>
       <c r="B5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>58</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>60</v>
       </c>
       <c r="B7" t="s">
@@ -1351,96 +1351,96 @@
       <c r="A17" t="s">
         <v>80</v>
       </c>
       <c r="B17" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>82</v>
       </c>
       <c r="B18" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>84</v>
       </c>
       <c r="B19" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="B20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>87</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>89</v>
       </c>
       <c r="B22" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>91</v>
       </c>
       <c r="B23" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="B24" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>94</v>
       </c>
       <c r="B25" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>96</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>