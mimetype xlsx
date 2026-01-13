--- v0 (2025-11-13)
+++ v1 (2026-01-13)
@@ -181,50 +181,56 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Inernacional Filmes</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ANF</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>Le Samourai</t>
+  </si>
+  <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>El samurai</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Samurai</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Der eiskalte Engel</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Ekspert i drab</t>
   </si>
   <si>
     <t>El silencio de un hombre</t>
@@ -299,56 +305,50 @@
     <t>SE</t>
   </si>
   <si>
     <t>Samuraj killer</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Bledolicni ubijalec</t>
   </si>
   <si>
     <t>BG,UA</t>
   </si>
   <si>
     <t>Самурай</t>
   </si>
   <si>
     <t>Frank Costello, faccia d'angelo</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Kiralik katil</t>
-  </si>
-[...4 lines deleted...]
-    <t>Le Samourai</t>
   </si>
   <si>
     <t>O dolofonos me to angeliko prosopo</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>The Samourai</t>
   </si>
   <si>
     <t>サムライ</t>
   </si>
   <si>
     <t>Kiralık katil</t>
   </si>
   <si>
     <t>Ο δολοφόνος με το αγγελικό πρόσωπο</t>
   </si>
   <si>
     <t>AU,US</t>
   </si>
   <si>
     <t>The Godson</t>
   </si>
@@ -1309,264 +1309,264 @@
       <c r="A3" t="s">
         <v>57</v>
       </c>
       <c r="B3" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>59</v>
       </c>
       <c r="B4" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>61</v>
       </c>
       <c r="B5" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="B6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>1</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>69</v>
       </c>
       <c r="B10" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>71</v>
       </c>
       <c r="B11" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="B12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
       <c r="B13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>78</v>
       </c>
       <c r="B15" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>80</v>
       </c>
       <c r="B16" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="B17" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>83</v>
+        <v>47</v>
       </c>
       <c r="B18" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>49</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="B20" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>90</v>
       </c>
       <c r="B22" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="23" spans="1:2">
+      <c r="A23" t="s">
+        <v>92</v>
+      </c>
       <c r="B23" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="24" spans="1:2">
-      <c r="A24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B24" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>95</v>
       </c>
       <c r="B25" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>43</v>
       </c>
       <c r="B26" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>98</v>
       </c>
       <c r="B27" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B28" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B29" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>43</v>
       </c>
       <c r="B30" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>103</v>
       </c>
       <c r="B31" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B32" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>95</v>
+        <v>55</v>
       </c>
       <c r="B33" t="s">
         <v>106</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>