--- v0 (2025-11-20)
+++ v1 (2025-12-12)
@@ -157,50 +157,53 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Gaumont</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Filmclub Distribuzione</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Baltijas Pērle</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Confidencias</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
     <t>Konusmak Için</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portret rodzinny we wnetrzu</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Grupo de familia</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Gewalt und Leidenschaft</t>
   </si>
   <si>
     <t>BE</t>
@@ -218,53 +221,50 @@
     <t>BR,PT</t>
   </si>
   <si>
     <t>Violência e Paixão</t>
   </si>
   <si>
     <t>CA,GB,US</t>
   </si>
   <si>
     <t>Conversation Piece</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Violence et passion</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Vold og lidenskab</t>
   </si>
   <si>
     <t>Confidències</t>
-  </si>
-[...1 lines deleted...]
-    <t>Confidencias</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Intohimo ja väkivalta</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Ojakhuri Portreti Interiershi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>I goiteia tis amartias</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Erõszak és szenvedély</t>
   </si>
@@ -1119,139 +1119,139 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B3" t="s">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>60</v>
+      </c>
+      <c r="B10" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="B13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>38</v>
       </c>
       <c r="B14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>71</v>
       </c>
@@ -1303,75 +1303,75 @@
       <c r="A22" t="s">
         <v>81</v>
       </c>
       <c r="B22" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>83</v>
       </c>
       <c r="B23" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>83</v>
       </c>
       <c r="B24" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>87</v>
       </c>
       <c r="B26" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>89</v>
       </c>
       <c r="B27" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B28" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="B29" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="B30" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>94</v>
       </c>
       <c r="B31" t="s">
         <v>95</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>