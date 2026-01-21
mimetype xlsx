--- v0 (2025-12-11)
+++ v1 (2026-01-21)
@@ -214,111 +214,111 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Cineteca di Bologna</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Atalanta Filmes</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SFI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,IT,NL,SG</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Dekameron'un ask hikâyeleri</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>El decameron</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>To dekaimero</t>
+  </si>
+  <si>
+    <t>DE,DK,PT,TR</t>
+  </si>
+  <si>
+    <t>Decameron</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>El decamerón</t>
+  </si>
+  <si>
+    <t>AT,FI,SE</t>
+  </si>
+  <si>
+    <t>Decamerone</t>
+  </si>
+  <si>
+    <t>BG,RS,UA</t>
+  </si>
+  <si>
+    <t>Декамерон</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Decameron</t>
   </si>
   <si>
     <t>El Decamerón</t>
   </si>
   <si>
     <t>Le Décaméron</t>
   </si>
   <si>
     <t>HU,PL,SI</t>
   </si>
   <si>
     <t>Dekameron</t>
-  </si>
-[...43 lines deleted...]
-    <t>Декамерон</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>デカメロン</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Dekameronas</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Decameronen</t>
   </si>
   <si>
     <t>Dekameron'un Aşk Hikayeleri</t>
   </si>
   <si>
     <t>Το δεκαήμερο</t>
   </si>
@@ -1470,176 +1470,176 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="B3" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="B4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B6" t="s">
-        <v>1</v>
+        <v>74</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B7" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B9" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>83</v>
+        <v>55</v>
       </c>
       <c r="B12" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>85</v>
       </c>
       <c r="B13" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>87</v>
       </c>
       <c r="B14" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>89</v>
       </c>
       <c r="B15" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>91</v>
       </c>
       <c r="B16" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="B17" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="B18" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>95</v>
       </c>
       <c r="B19" t="s">
         <v>96</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">