--- v0 (2025-11-16)
+++ v1 (2025-12-07)
@@ -292,69 +292,69 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Ljubljanski Kinematografi</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Umut Sanat</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Aves migratorias</t>
+  </si>
+  <si>
+    <t>Celojosas ciltis</t>
+  </si>
+  <si>
+    <t>Kuslar kanatli uygarlik</t>
+  </si>
+  <si>
+    <t>Makrokosmos - Podniebny taniec</t>
+  </si>
+  <si>
+    <t>Migruojantys pauksciai</t>
+  </si>
+  <si>
+    <t>Nomadas del viento</t>
+  </si>
+  <si>
     <t>Nomadi neba</t>
-  </si>
-[...16 lines deleted...]
-    <t>Nomadas del viento</t>
   </si>
   <si>
     <t>Podniebny Taniec. Makrokosmos</t>
   </si>
   <si>
     <t>Ptačí svět</t>
   </si>
   <si>
     <t>Putovanie vtákov</t>
   </si>
   <si>
     <t>The Winged Migration</t>
   </si>
   <si>
     <t>Travelling Birds</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Птахи - мандрiвний народ</t>
   </si>
   <si>
     <t>Flyttfåglar</t>
   </si>
@@ -2301,84 +2301,84 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="44.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>92</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>88</v>
+      </c>
       <c r="B5" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="B6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:2">