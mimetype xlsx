--- v0 (2025-12-22)
+++ v1 (2026-01-12)
@@ -214,50 +214,53 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Mumia powraca</t>
+  </si>
+  <si>
     <t>AU,CA,GB,HK,KR,NL,SG,US</t>
   </si>
   <si>
     <t>A mumia visszatér</t>
   </si>
   <si>
     <t>Memien vender tilbage</t>
   </si>
   <si>
     <t>Mumien</t>
   </si>
   <si>
     <t>Mumija atgrieas</t>
   </si>
   <si>
     <t>Mumijos sugrįžimas</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Мумiя повертаeться</t>
   </si>
   <si>
     <t>AR,CO,MX,VE</t>
@@ -314,53 +317,50 @@
     <t>HR</t>
   </si>
   <si>
     <t>Povratak mumije</t>
   </si>
   <si>
     <t>A múmia visszatér</t>
   </si>
   <si>
     <t>La mummia - Il ritorno</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ハムナプトラ2 黄金のピラミッド</t>
   </si>
   <si>
     <t>Hamunaputora 2: Ougon no piramiddo</t>
   </si>
   <si>
     <t>Mumijos Sugrizimas</t>
   </si>
   <si>
     <t>Mumien vender tilbake</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mumia powraca</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>O Regresso da Múmia</t>
   </si>
   <si>
     <t>Mumia revine</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Повратак мумије</t>
   </si>
   <si>
     <t>Mumien - Återkomsten</t>
   </si>
   <si>
     <t>Mumija se vrača</t>
   </si>
   <si>
     <t>Múmia sa vracia</t>
   </si>
@@ -1533,244 +1533,244 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="41.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
         <v>66</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
+      <c r="B8" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>32</v>
+      </c>
+      <c r="B12" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>82</v>
       </c>
       <c r="B14" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B17" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>44</v>
       </c>
       <c r="B19" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>92</v>
       </c>
       <c r="B22" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B25" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="B26" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B27" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>101</v>
       </c>
       <c r="B29" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>59</v>
       </c>
       <c r="B30" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>104</v>
       </c>
@@ -1798,59 +1798,59 @@
       <c r="A34" t="s">
         <v>62</v>
       </c>
       <c r="B34" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>63</v>
       </c>
       <c r="B35" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>110</v>
       </c>
       <c r="B36" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B38" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>42</v>
       </c>
       <c r="B39" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>115</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>