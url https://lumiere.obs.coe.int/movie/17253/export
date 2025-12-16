--- v0 (2025-11-21)
+++ v1 (2025-12-16)
@@ -292,50 +292,53 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Ljubljanski Kinematografi</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>TME Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Žiedų valdovas</t>
+  </si>
+  <si>
     <t>PT</t>
   </si>
   <si>
     <t>O Senhor dos Anéis - A Irmandade do Anel</t>
   </si>
   <si>
     <t>Stăpânul inelelor: Frăția inelului</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Господар прстенова: Дружина прстена</t>
   </si>
   <si>
     <t>Sagan om ringen</t>
   </si>
   <si>
     <t>Gospodar prstenova - Družina prstena</t>
   </si>
   <si>
     <t>Stapînul inelelor: Fratia inelului</t>
   </si>
   <si>
     <t>Yüzüklerin Efendisi: Yüzük Kardesligi</t>
@@ -380,53 +383,50 @@
     <t>Lord of the Rings</t>
   </si>
   <si>
     <t>ロード・オブ・ザ・リング</t>
   </si>
   <si>
     <t>Stapânul Inelelor: Fratia Inelului</t>
   </si>
   <si>
     <t>Yüzüklerin Efendisi: Yüzük Kardeşliği</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Kryezoti i Unazave: Besëlidhja e Unazës</t>
   </si>
   <si>
     <t>Rôdo obu za ringu</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>指环王：护戒使者</t>
-  </si>
-[...1 lines deleted...]
-    <t>Žiedų valdovas</t>
   </si>
   <si>
     <t>Pán prsteňov: Spoločenstvo Prsteňa</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Gospodar prstenova: Prstenova družina</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Senhor dos Anéis: A Sociedade do Anel</t>
   </si>
   <si>
     <t>AR,CL,ES,MX</t>
   </si>
   <si>
     <t>El señor de los anillos: La comunidad del anillo</t>
   </si>
   <si>
     <t>Pán prstenů: Společenstvo prstenu</t>
   </si>
@@ -2766,226 +2766,226 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B67"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="61.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="B3" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>81</v>
+      </c>
+      <c r="B4" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="B5" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="B6" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="B7" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="B8" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>88</v>
       </c>
       <c r="B9" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>103</v>
       </c>
       <c r="B11" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>106</v>
       </c>
       <c r="B13" t="s">
-        <v>107</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>60</v>
+        <v>107</v>
       </c>
       <c r="B14" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>60</v>
       </c>
       <c r="B15" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
+        <v>111</v>
+      </c>
+      <c r="B17" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B18" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>81</v>
+        <v>113</v>
       </c>
       <c r="B19" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="B20" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="B22" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
+        <v>113</v>
+      </c>
+      <c r="B23" t="s">
         <v>120</v>
       </c>
-      <c r="B23" t="s">
+    </row>
+    <row r="24" spans="1:2">
+      <c r="A24" t="s">
         <v>121</v>
       </c>
-    </row>
-    <row r="24" spans="1:2">
       <c r="B24" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>86</v>
       </c>
       <c r="B25" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>124</v>
       </c>
       <c r="B26" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>126</v>
       </c>
       <c r="B27" t="s">
@@ -3232,67 +3232,67 @@
       <c r="A62" t="s">
         <v>165</v>
       </c>
       <c r="B62" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63" t="s">
         <v>68</v>
       </c>
       <c r="B63" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
         <v>169</v>
       </c>
       <c r="B64" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B65" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B66" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B67" t="s">
         <v>173</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>