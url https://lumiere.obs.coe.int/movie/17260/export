--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -169,105 +169,105 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,IT,KR,NL,SE,US</t>
+  </si>
+  <si>
+    <t>Mitte sonagi</t>
+  </si>
+  <si>
+    <t>Ne szolj szaj</t>
+  </si>
+  <si>
+    <t>Nikomu Ani Slowa</t>
+  </si>
+  <si>
+    <t>Pas un mot</t>
+  </si>
+  <si>
+    <t>Sakin konusma</t>
+  </si>
+  <si>
+    <t>AR,CO,ES,MX</t>
+  </si>
+  <si>
+    <t>Ni una palabra</t>
+  </si>
+  <si>
+    <t>AT</t>
+  </si>
+  <si>
+    <t>Sag kein Wort</t>
+  </si>
+  <si>
+    <t>Нито дума</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Refém do Silêncio</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Ne dites rien</t>
+  </si>
+  <si>
+    <t>Neříkej ani slovo</t>
+  </si>
+  <si>
+    <t>Sag' kein Wort</t>
+  </si>
+  <si>
+    <t>Ikke et ord</t>
+  </si>
+  <si>
     <t>Mitte sõnagi</t>
-  </si>
-[...52 lines deleted...]
-    <t>Ikke et ord</t>
   </si>
   <si>
     <t>Älä sano sanaakaan</t>
   </si>
   <si>
     <t>Pas un mot...</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Min peis lexi</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Ne reci ni riječ</t>
   </si>
   <si>
     <t>Ne szólj száj!</t>
   </si>
   <si>
     <t>JP</t>
   </si>
@@ -1155,151 +1155,151 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="B8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>72</v>
       </c>