--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -229,72 +229,72 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Vision (PL)</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Трафiк</t>
+  </si>
+  <si>
     <t>AR,AU,CA,DK,ES,FI,FR,GB,GR,HK,HU,IT,JP,KR,NL,NO,PL,SE,SG,US</t>
   </si>
   <si>
     <t>Narkotiku kelias</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Putevi droge</t>
   </si>
   <si>
     <t>Traffic - Aféry (bez)mocných</t>
   </si>
   <si>
     <t>Traffic - Die Macht des Kartells</t>
-  </si>
-[...4 lines deleted...]
-    <t>Трафiк</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Traffic - Macht des Kartells</t>
   </si>
   <si>
     <t>Трафик</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Traffic: Ninguém Sai Limpo</t>
   </si>
   <si>
     <t>CA,RO</t>
   </si>
   <si>
     <t>Trafic</t>
   </si>
   <si>
     <t>Traffic - nadvláda gangů</t>
   </si>
@@ -1634,83 +1634,83 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="56.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>71</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>72</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="B3" t="s">
-        <v>72</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="B4" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>75</v>
+      </c>
       <c r="B5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>79</v>
       </c>
       <c r="B8" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>82</v>
       </c>
       <c r="B10" t="s">
@@ -1761,91 +1761,91 @@
       <c r="A16" t="s">
         <v>91</v>
       </c>
       <c r="B16" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>62</v>
       </c>
       <c r="B17" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>94</v>
       </c>
       <c r="B18" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B19" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>97</v>
       </c>
       <c r="B20" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>68</v>
       </c>
       <c r="B21" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>100</v>
       </c>
       <c r="B22" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>102</v>
       </c>
       <c r="B23" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="B24" t="s">
         <v>104</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>