--- v0 (2025-11-30)
+++ v1 (2026-02-18)
@@ -130,78 +130,78 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Loucuras na Idade Média</t>
+  </si>
+  <si>
     <t>AU,CA,FI,GB,IT,US</t>
   </si>
   <si>
     <t>Le chevalier noir</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Chevalier noir</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Locuras en la edad media</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Чeрният рицар</t>
-  </si>
-[...4 lines deleted...]
-    <t>Loucuras na Idade Média</t>
   </si>
   <si>
     <t>Ritter Jamal - Eine schwarze Komödie</t>
   </si>
   <si>
     <t>El caballero negro</t>
   </si>
   <si>
     <t>Le Chevalier Black</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Enas ippotis mavra halia</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Fekete lovag</t>
   </si>
   <si>
     <t>Gagyi lovag</t>
   </si>
@@ -914,62 +914,62 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>38</v>
       </c>
       <c r="B2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>46</v>
       </c>
       <c r="B7" t="s">