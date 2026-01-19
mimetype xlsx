--- v0 (2025-11-23)
+++ v1 (2026-01-19)
@@ -208,90 +208,90 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>BestFilm</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Glob-Com</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>La promesse</t>
+  </si>
+  <si>
     <t>AU,CA,FR,GB,NL,SG,US</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Обiцянка</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>プレッジ</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Código de honor</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Das Versprechen</t>
   </si>
   <si>
     <t>Клетвата</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Promessa</t>
-  </si>
-[...4 lines deleted...]
-    <t>La promesse</t>
   </si>
   <si>
     <t>Přísaha</t>
   </si>
   <si>
     <t>Det skete ved højlys dag</t>
   </si>
   <si>
     <t>Løftet</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Tõotus</t>
   </si>
   <si>
     <t>El juramento</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Kunniasanalla</t>
   </si>
@@ -1582,96 +1582,96 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>64</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>66</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>67</v>
       </c>
       <c r="B4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>69</v>
       </c>
       <c r="B5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>71</v>
       </c>
       <c r="B6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>39</v>
+        <v>73</v>
       </c>
       <c r="B7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>76</v>
       </c>
       <c r="B9" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>46</v>
       </c>
@@ -1723,51 +1723,51 @@
       <c r="A17" t="s">
         <v>88</v>
       </c>
       <c r="B17" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>50</v>
       </c>
       <c r="B18" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>52</v>
       </c>
       <c r="B19" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B20" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>93</v>
       </c>
       <c r="B21" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>95</v>
       </c>
       <c r="B22" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>56</v>
       </c>
@@ -1811,51 +1811,51 @@
       <c r="A28" t="s">
         <v>103</v>
       </c>
       <c r="B28" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>105</v>
       </c>
       <c r="B29" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>107</v>
       </c>
       <c r="B30" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>86</v>
       </c>
       <c r="B32" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>46</v>
       </c>
       <c r="B33" t="s">
         <v>111</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>