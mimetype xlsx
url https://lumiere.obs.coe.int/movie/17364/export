--- v0 (2025-11-26)
+++ v1 (2026-01-08)
@@ -259,72 +259,72 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Cistá due</t>
+  </si>
+  <si>
+    <t>Briniskisgais prats</t>
+  </si>
+  <si>
     <t>Cistá dusa</t>
   </si>
   <si>
     <t>AT,AU,CA,GB,IT,KR,NL,SE,SG,US</t>
   </si>
   <si>
     <t>A Beautiful Mind - Genie und Wahnsinn</t>
   </si>
   <si>
     <t>Akil Oyunlari</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Blistavi um</t>
-  </si>
-[...4 lines deleted...]
-    <t>Cistá due</t>
   </si>
   <si>
     <t>Cistá duša</t>
   </si>
   <si>
     <t>Cistá duse</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Iгри розуму</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>A Brilliant Mind</t>
   </si>
   <si>
     <t>One Brilliant Mind</t>
   </si>
   <si>
     <t>AR,CO,MX</t>
   </si>
@@ -2113,92 +2113,92 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B43"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>82</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>76</v>
+      </c>
       <c r="B4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>84</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
         <v>78</v>
       </c>
-      <c r="B5" t="s">
-[...7 lines deleted...]
-      <c r="B6" t="s">
+      <c r="B7" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="7" spans="1:2">
-      <c r="B7" t="s">
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>87</v>
       </c>
-    </row>
-    <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>49</v>
       </c>
       <c r="B10" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>91</v>
       </c>
       <c r="B11" t="s">
         <v>92</v>
       </c>
     </row>
@@ -2358,51 +2358,51 @@
       <c r="A31" t="s">
         <v>69</v>
       </c>
       <c r="B31" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>71</v>
       </c>
       <c r="B33" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B34" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>123</v>
       </c>
       <c r="B35" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>76</v>
       </c>