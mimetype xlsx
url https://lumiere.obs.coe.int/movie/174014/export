--- v0 (2025-11-19)
+++ v1 (2026-02-04)
@@ -88,50 +88,62 @@
   <si>
     <t>Total since 2022</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Tripictures</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Netflix</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>München</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>München - Sodan uhka</t>
+  </si>
+  <si>
     <t>AU,CA,DE,GB,IE,NO,SG,US</t>
   </si>
   <si>
     <t>AR,CO,ES,MX,US</t>
   </si>
   <si>
     <t>Múnich en vísperas de una guerra</t>
   </si>
   <si>
     <t>AT,BE,DE,NL</t>
   </si>
   <si>
     <t>München - Im Angesicht des Krieges</t>
   </si>
   <si>
     <t>AZ,GE,LV,RU</t>
   </si>
   <si>
     <t>Мюнхен. На грани войны</t>
   </si>
   <si>
     <t>BA,HR,RS</t>
   </si>
   <si>
     <t>München: Na rubu rata</t>
@@ -143,62 +155,50 @@
     <t>Munique: No Limite da Guerra</t>
   </si>
   <si>
     <t>CA,CH,FR,MA</t>
   </si>
   <si>
     <t>L'Étau de Munich</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Mnichov: Na prahu války</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>München: Im Angesicht des Krieges</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>München - på krigens rand</t>
-  </si>
-[...10 lines deleted...]
-    <t>München</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Monaco: sull'orlo della guerra</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ミュンヘン: 戦火燃ゆる前に</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>뮌헨 - 전쟁의 문턱에서</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>慕尼黑交鋒：如箭在弦</t>
   </si>
@@ -810,67 +810,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>