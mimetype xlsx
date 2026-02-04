--- v0 (2025-11-16)
+++ v1 (2026-02-04)
@@ -91,69 +91,69 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 1996</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GB,US</t>
+  </si>
+  <si>
+    <t>AR,ES</t>
+  </si>
+  <si>
+    <t>El límite es el cielo</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Tudo por Ti</t>
+  </si>
+  <si>
     <t>DK</t>
   </si>
   <si>
     <t>Op i det blå</t>
-  </si>
-[...13 lines deleted...]
-    <t>Tudo por Ti</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Tot és possible</t>
   </si>
   <si>
     <t>L'aventure inoubliable</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Harise mou tin kardia sou</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Légből kapott vőlegény</t>
   </si>
   <si>
     <t>IT</t>
   </si>
@@ -730,59 +730,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>