--- v0 (2025-11-24)
+++ v1 (2026-01-14)
@@ -1170,97 +1170,99 @@
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3">
         <v>119</v>
       </c>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
     </row>
     <row r="6" spans="1:25">
       <c r="A6" t="s">
         <v>52</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
       <c r="C6">
         <v>28545</v>
       </c>
       <c r="D6" s="3">
-        <v>238692</v>
+        <v>239092</v>
       </c>
       <c r="E6" s="3">
         <v>4936</v>
       </c>
       <c r="F6" s="3">
         <v>1003</v>
       </c>
       <c r="G6" s="3">
         <v>375</v>
       </c>
       <c r="H6" s="3">
         <v>46</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="3">
         <v>168</v>
       </c>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3">
         <v>226580</v>
       </c>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3">
         <v>967</v>
       </c>
       <c r="S6" s="3">
         <v>1555</v>
       </c>
       <c r="T6" s="3">
         <v>328</v>
       </c>
       <c r="U6" s="3">
         <v>1093</v>
       </c>
       <c r="V6" s="3"/>
       <c r="W6" s="3">
         <v>466</v>
       </c>
       <c r="X6" s="3">
         <v>1175</v>
       </c>
-      <c r="Y6" s="3"/>
+      <c r="Y6" s="3">
+        <v>400</v>
+      </c>
     </row>
     <row r="7" spans="1:25">
       <c r="A7" t="s">
         <v>54</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
       <c r="C7">
         <v>28559</v>
       </c>
       <c r="D7" s="3">
         <v>12356</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
@@ -1436,51 +1438,51 @@
       </c>
       <c r="L11" s="3"/>
       <c r="M11" s="3">
         <v>97</v>
       </c>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3">
         <v>28</v>
       </c>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
     </row>
     <row r="12" spans="1:25">
       <c r="A12" t="s">
         <v>62</v>
       </c>
       <c r="D12" s="3">
-        <v>256234</v>
+        <v>256634</v>
       </c>
       <c r="E12" s="3">
         <v>4936</v>
       </c>
       <c r="F12" s="3">
         <v>1003</v>
       </c>
       <c r="G12" s="3">
         <v>1817</v>
       </c>
       <c r="H12" s="3">
         <v>46</v>
       </c>
       <c r="I12" s="3">
         <v>62</v>
       </c>
       <c r="J12" s="3">
         <v>168</v>
       </c>
       <c r="K12" s="3">
         <v>27</v>
       </c>
       <c r="L12" s="3">
         <v>0</v>
       </c>
@@ -1499,59 +1501,59 @@
       <c r="Q12" s="3">
         <v>3068</v>
       </c>
       <c r="R12" s="3">
         <v>9949</v>
       </c>
       <c r="S12" s="3">
         <v>1605</v>
       </c>
       <c r="T12" s="3">
         <v>522</v>
       </c>
       <c r="U12" s="3">
         <v>1308</v>
       </c>
       <c r="V12" s="3">
         <v>156</v>
       </c>
       <c r="W12" s="3">
         <v>1182</v>
       </c>
       <c r="X12" s="3">
         <v>1696</v>
       </c>
       <c r="Y12" s="3">
-        <v>1242</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" t="s">
         <v>63</v>
       </c>
       <c r="D13" s="3">
-        <v>256397</v>
+        <v>256797</v>
       </c>
       <c r="E13" s="3">
         <v>4936</v>
       </c>
       <c r="F13" s="3">
         <v>1003</v>
       </c>
       <c r="G13" s="3">
         <v>1817</v>
       </c>
       <c r="H13" s="3">
         <v>46</v>
       </c>
       <c r="I13" s="3">
         <v>62</v>
       </c>
       <c r="J13" s="3">
         <v>168</v>
       </c>
       <c r="K13" s="3">
         <v>51</v>
       </c>
       <c r="L13" s="3">
         <v>61</v>
       </c>
@@ -1570,51 +1572,51 @@
       <c r="Q13" s="3">
         <v>3068</v>
       </c>
       <c r="R13" s="3">
         <v>9965</v>
       </c>
       <c r="S13" s="3">
         <v>1605</v>
       </c>
       <c r="T13" s="3">
         <v>522</v>
       </c>
       <c r="U13" s="3">
         <v>1308</v>
       </c>
       <c r="V13" s="3">
         <v>156</v>
       </c>
       <c r="W13" s="3">
         <v>1215</v>
       </c>
       <c r="X13" s="3">
         <v>1725</v>
       </c>
       <c r="Y13" s="3">
-        <v>1242</v>
+        <v>1642</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="52.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>