--- v0 (2025-11-21)
+++ v1 (2025-12-12)
@@ -1,108 +1,137 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
-    <sheet name="Titles" sheetId="2" r:id="rId2"/>
+    <sheet name="Admissions" sheetId="2" r:id="rId2"/>
+    <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="78">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Lassie Come Home</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Fred M. Wilcox</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0036098/</t>
   </si>
   <si>
     <t>ISAN link</t>
   </si>
   <si>
     <t>https://web.isan.org/public/en/isan/0000-0000-382F-0000-E-0000-0000-W</t>
   </si>
   <si>
     <t>EIDR link</t>
   </si>
   <si>
     <t>https://ui.eidr.org/view/content?id=10.5240/FED0-0349-6BDB-9EF5-7665-H</t>
   </si>
   <si>
     <t>Wikidata link</t>
   </si>
   <si>
     <t>https://www.wikidata.org/wiki/Q684216</t>
   </si>
   <si>
+    <t>Market</t>
+  </si>
+  <si>
+    <t>Distributor</t>
+  </si>
+  <si>
+    <t>Release date</t>
+  </si>
+  <si>
+    <t>Total since 2024</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Taramount Film</t>
+  </si>
+  <si>
+    <t>Total EU28</t>
+  </si>
+  <si>
+    <t>Total OBS</t>
+  </si>
+  <si>
     <t>AU,CA,GB,SG,US</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Siopilos katigoros</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>La cadena invisible</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Lassie komm zurück</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Lassie la fidèle</t>
@@ -189,153 +218,154 @@
     <t>Lassie kom hjem!</t>
   </si>
   <si>
     <t>Lassie, kom tilbake</t>
   </si>
   <si>
     <t>Lassie på flukt</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Lassie wróć</t>
   </si>
   <si>
     <t>Powrót Lassie</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>O Regresso</t>
   </si>
   <si>
     <t>O Regresso de Lassie</t>
-  </si>
-[...1 lines deleted...]
-    <t>RS</t>
   </si>
   <si>
     <t>Lesi se vraća kući</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Lassie på äventyr</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Lassie se vraca</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Yuvaya dönüş</t>
   </si>
   <si>
     <t>Лесси возвращается домой</t>
   </si>
   <si>
     <t>Lassies Heimweh</t>
   </si>
   <si>
     <t>Σιωπηλός κατήγορος</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="### ### ##0"/>
+  </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -670,343 +700,420 @@
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:E4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="5" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5">
+      <c r="A1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2">
+        <v>44119</v>
+      </c>
+      <c r="D2" s="3">
+        <v>300</v>
+      </c>
+      <c r="E2" s="3">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D3" s="3">
+        <v>0</v>
+      </c>
+      <c r="E3" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" s="3">
+        <v>0</v>
+      </c>
+      <c r="E4" s="3">
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="B9" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="B10" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="B17" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B18" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B19" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B21" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B22" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B23" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="B24" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="B26" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="B32" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="B33" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="B34" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>
+      <vt:lpstr>Admissions</vt:lpstr>
       <vt:lpstr>Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>