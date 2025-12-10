--- v0 (2025-11-14)
+++ v1 (2025-12-10)
@@ -79,96 +79,96 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2021</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Siili sumussa</t>
+  </si>
+  <si>
     <t>DE</t>
   </si>
   <si>
     <t>Ёжик в тумане</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Ежко в мъглата</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Ouriço no Nevoeiro</t>
   </si>
   <si>
     <t>CA,US</t>
   </si>
   <si>
     <t>Hedgehog in the Fog</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Her ghost in the fog</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Pindsvinet i tågen</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Erizo en la niebla</t>
-  </si>
-[...4 lines deleted...]
-    <t>Siili sumussa</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Le hérisson dans le brouillard</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O skantzochiros stin omichli</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Süni a ködben</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Il riccio nella nebbia</t>
   </si>
@@ -733,62 +733,62 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">