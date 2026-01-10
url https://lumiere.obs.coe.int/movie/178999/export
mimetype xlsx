--- v0 (2025-11-23)
+++ v1 (2026-01-10)
@@ -100,50 +100,56 @@
   <si>
     <t>Total since 2017</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Άουτλαντ</t>
+  </si>
+  <si>
     <t>AU,CA,GB,US</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>Atmósfera cero</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Далече от земята</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Outland: Comando Titânio</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Loin de la terre</t>
@@ -230,56 +236,50 @@
     <t>RO</t>
   </si>
   <si>
     <t>In spatiu</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Planeta prokletih</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Planet prekletih</t>
   </si>
   <si>
     <t>Tretí mesíc Jupitera</t>
   </si>
   <si>
     <t>На дальней орбите</t>
   </si>
   <si>
     <t>Чyжая земля</t>
-  </si>
-[...4 lines deleted...]
-    <t>Άουτλαντ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -817,59 +817,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
@@ -894,67 +894,67 @@
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>45</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="B12" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>51</v>
       </c>
       <c r="B15" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>53</v>
       </c>
       <c r="B16" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>55</v>
       </c>
@@ -989,68 +989,68 @@
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>63</v>
       </c>
       <c r="B21" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>65</v>
       </c>
       <c r="B22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>67</v>
       </c>
       <c r="B23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:2">
+      <c r="A24" t="s">
+        <v>69</v>
+      </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="B25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="B26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:2">
-      <c r="A27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B27" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>