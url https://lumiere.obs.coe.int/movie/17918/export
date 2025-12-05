--- v0 (2025-11-15)
+++ v1 (2025-12-05)
@@ -163,63 +163,63 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>A-Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>ES,GB</t>
+  </si>
+  <si>
+    <t>Blaznivy utek</t>
+  </si>
+  <si>
+    <t>Oi kyrioi me ta rige</t>
+  </si>
+  <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Lucky Break - Rein oder raus</t>
-  </si>
-[...7 lines deleted...]
-    <t>Oi kyrioi me ta rige</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Um Golpe de Sorte</t>
   </si>
   <si>
     <t>Klikaři</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Lucky break - kalterit kumoon</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Szerencsés McLépés</t>
   </si>
   <si>
     <t>JP</t>
   </si>
@@ -1061,67 +1061,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>49</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>50</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>52</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>54</v>
       </c>
       <c r="B6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>57</v>
       </c>
       <c r="B8" t="s">