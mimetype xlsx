--- v0 (2025-11-21)
+++ v1 (2026-01-08)
@@ -223,63 +223,63 @@
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Auksine Akis</t>
+  </si>
+  <si>
     <t>AR,AU,CA,DE,ES,FR,GB,GR,IT,KR,NL,PL,SE,SG,US</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Altin Göz</t>
-  </si>
-[...4 lines deleted...]
-    <t>Auksine Akis</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Epiheirisi Hrysa Matia</t>
   </si>
   <si>
     <t>James Bond 007 - GoldenEye</t>
   </si>
   <si>
     <t>Επιχείρηση Χρυσά Μάτια</t>
   </si>
   <si>
     <t>AU,MX</t>
   </si>
   <si>
     <t>007: GoldenEye</t>
   </si>
   <si>
     <t>Златното око</t>
   </si>
   <si>
     <t>BR</t>
   </si>
@@ -1796,59 +1796,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>69</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B3" t="s">
-        <v>71</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>72</v>
       </c>
       <c r="B4" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>74</v>
       </c>
       <c r="B5" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>46</v>
       </c>
       <c r="B6" t="s">
         <v>76</v>
       </c>
@@ -1961,51 +1961,51 @@
       <c r="A20" t="s">
         <v>95</v>
       </c>
       <c r="B20" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>59</v>
       </c>
       <c r="B21" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>98</v>
       </c>
       <c r="B22" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B23" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>101</v>
       </c>
       <c r="B24" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>65</v>
       </c>
       <c r="B25" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>65</v>
       </c>
@@ -2017,51 +2017,51 @@
       <c r="A27" t="s">
         <v>105</v>
       </c>
       <c r="B27" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>107</v>
       </c>
       <c r="B28" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>109</v>
       </c>
       <c r="B29" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B30" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>112</v>
       </c>
       <c r="B31" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>114</v>
       </c>
       <c r="B32" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>74</v>
       </c>