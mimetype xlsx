--- v0 (2025-11-22)
+++ v1 (2026-02-01)
@@ -133,69 +133,69 @@
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Cesareo Gonzalez/Suevia Films</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Summer Classics</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>De Roze Panter</t>
+  </si>
+  <si>
     <t>AU,CA,GB,NL,US</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Rózowa Pantera</t>
   </si>
   <si>
     <t>AR,IT,MX</t>
   </si>
   <si>
     <t>La pantera rosa</t>
-  </si>
-[...4 lines deleted...]
-    <t>De Roze Panter</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Розовата пантера</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Pantera Cor-de-Rosa</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>La Panthère rose</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>La Pantera Rosa</t>
   </si>
@@ -985,59 +985,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>39</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>46</v>
       </c>
       <c r="B6" t="s">
         <v>47</v>
       </c>
@@ -1158,51 +1158,51 @@
       <c r="A21" t="s">
         <v>72</v>
       </c>
       <c r="B21" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>74</v>
       </c>
       <c r="B22" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>74</v>
       </c>
       <c r="B23" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B24" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>78</v>
       </c>
       <c r="B25" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>80</v>
       </c>
       <c r="B26" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>82</v>
       </c>