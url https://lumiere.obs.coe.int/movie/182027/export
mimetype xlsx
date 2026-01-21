--- v0 (2025-12-06)
+++ v1 (2026-01-21)
@@ -82,105 +82,105 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2021</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>FINA</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Høisangen</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Højsangen</t>
+  </si>
+  <si>
+    <t>AR,ES</t>
+  </si>
+  <si>
+    <t>El cantar de los cantares</t>
+  </si>
+  <si>
+    <t>AT</t>
+  </si>
+  <si>
+    <t>Das Hohe Lied</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Cântico dos Cânticos</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Das hohe Lied</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Korkea veisu</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Cantique d'amour</t>
+  </si>
+  <si>
+    <t>Le cantique des cantiques</t>
+  </si>
+  <si>
     <t>GR</t>
   </si>
   <si>
     <t>Asma asmaton</t>
-  </si>
-[...49 lines deleted...]
-    <t>Le cantique des cantiques</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Éneke éneke</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Il cantico dei cantici</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>恋の凱歌（1933）</t>
   </si>
   <si>
     <t>Koi no gaika</t>
   </si>
   <si>
     <t>NL</t>
   </si>
@@ -794,59 +794,59 @@
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B11" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>41</v>
       </c>
       <c r="B12" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>43</v>
       </c>
       <c r="B13" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>45</v>
       </c>