--- v0 (2025-11-14)
+++ v1 (2026-02-03)
@@ -1624,51 +1624,51 @@
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3">
         <v>2669</v>
       </c>
       <c r="Z11" s="3">
         <v>544</v>
       </c>
       <c r="AA11" s="3"/>
       <c r="AB11" s="3"/>
       <c r="AC11" s="3"/>
       <c r="AD11" s="3"/>
     </row>
     <row r="12" spans="1:30">
       <c r="A12" t="s">
         <v>68</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
       <c r="C12">
         <v>29067</v>
       </c>
       <c r="D12" s="3">
-        <v>49080</v>
+        <v>49528</v>
       </c>
       <c r="E12" s="3">
         <v>328</v>
       </c>
       <c r="F12" s="3">
         <v>50</v>
       </c>
       <c r="G12" s="3">
         <v>2888</v>
       </c>
       <c r="H12" s="3"/>
       <c r="I12" s="3">
         <v>2</v>
       </c>
       <c r="J12" s="3">
         <v>27</v>
       </c>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3"/>
       <c r="O12" s="3"/>
       <c r="P12" s="3"/>
       <c r="Q12" s="3"/>
       <c r="R12" s="3"/>
@@ -1681,51 +1681,53 @@
       </c>
       <c r="V12" s="3">
         <v>709</v>
       </c>
       <c r="W12" s="3">
         <v>1381</v>
       </c>
       <c r="X12" s="3">
         <v>805</v>
       </c>
       <c r="Y12" s="3">
         <v>29829</v>
       </c>
       <c r="Z12" s="3">
         <v>4002</v>
       </c>
       <c r="AA12" s="3">
         <v>755</v>
       </c>
       <c r="AB12" s="3">
         <v>2198</v>
       </c>
       <c r="AC12" s="3">
         <v>3796</v>
       </c>
-      <c r="AD12" s="3"/>
+      <c r="AD12" s="3">
+        <v>448</v>
+      </c>
     </row>
     <row r="13" spans="1:30">
       <c r="A13" t="s">
         <v>70</v>
       </c>
       <c r="B13" t="s">
         <v>61</v>
       </c>
       <c r="C13">
         <v>40690</v>
       </c>
       <c r="D13" s="3">
         <v>48093</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
@@ -2389,51 +2391,51 @@
       <c r="R26" s="3"/>
       <c r="S26" s="3"/>
       <c r="T26" s="3"/>
       <c r="U26" s="3"/>
       <c r="V26" s="3"/>
       <c r="W26" s="3"/>
       <c r="X26" s="3"/>
       <c r="Y26" s="3">
         <v>1149</v>
       </c>
       <c r="Z26" s="3">
         <v>957</v>
       </c>
       <c r="AA26" s="3"/>
       <c r="AB26" s="3"/>
       <c r="AC26" s="3"/>
       <c r="AD26" s="3">
         <v>827</v>
       </c>
     </row>
     <row r="27" spans="1:30">
       <c r="A27" t="s">
         <v>93</v>
       </c>
       <c r="D27" s="3">
-        <v>911353</v>
+        <v>911801</v>
       </c>
       <c r="E27" s="3">
         <v>90961</v>
       </c>
       <c r="F27" s="3">
         <v>50</v>
       </c>
       <c r="G27" s="3">
         <v>362574</v>
       </c>
       <c r="H27" s="3">
         <v>117650</v>
       </c>
       <c r="I27" s="3">
         <v>82162</v>
       </c>
       <c r="J27" s="3">
         <v>17193</v>
       </c>
       <c r="K27" s="3">
         <v>484</v>
       </c>
       <c r="L27" s="3">
         <v>1176</v>
       </c>
@@ -2467,59 +2469,59 @@
       <c r="V27" s="3">
         <v>2066</v>
       </c>
       <c r="W27" s="3">
         <v>2327</v>
       </c>
       <c r="X27" s="3">
         <v>1151</v>
       </c>
       <c r="Y27" s="3">
         <v>143669</v>
       </c>
       <c r="Z27" s="3">
         <v>30090</v>
       </c>
       <c r="AA27" s="3">
         <v>2257</v>
       </c>
       <c r="AB27" s="3">
         <v>5440</v>
       </c>
       <c r="AC27" s="3">
         <v>19810</v>
       </c>
       <c r="AD27" s="3">
-        <v>7530</v>
+        <v>7978</v>
       </c>
     </row>
     <row r="28" spans="1:30">
       <c r="A28" t="s">
         <v>94</v>
       </c>
       <c r="D28" s="3">
-        <v>993331</v>
+        <v>993779</v>
       </c>
       <c r="E28" s="3">
         <v>90961</v>
       </c>
       <c r="F28" s="3">
         <v>50</v>
       </c>
       <c r="G28" s="3">
         <v>430129</v>
       </c>
       <c r="H28" s="3">
         <v>121047</v>
       </c>
       <c r="I28" s="3">
         <v>82162</v>
       </c>
       <c r="J28" s="3">
         <v>17193</v>
       </c>
       <c r="K28" s="3">
         <v>484</v>
       </c>
       <c r="L28" s="3">
         <v>1176</v>
       </c>
@@ -2553,51 +2555,51 @@
       <c r="V28" s="3">
         <v>2126</v>
       </c>
       <c r="W28" s="3">
         <v>2346</v>
       </c>
       <c r="X28" s="3">
         <v>1254</v>
       </c>
       <c r="Y28" s="3">
         <v>148938</v>
       </c>
       <c r="Z28" s="3">
         <v>31657</v>
       </c>
       <c r="AA28" s="3">
         <v>2390</v>
       </c>
       <c r="AB28" s="3">
         <v>5504</v>
       </c>
       <c r="AC28" s="3">
         <v>20259</v>
       </c>
       <c r="AD28" s="3">
-        <v>8523</v>
+        <v>8971</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>