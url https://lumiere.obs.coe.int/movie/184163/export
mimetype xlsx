--- v0 (2025-11-21)
+++ v1 (2025-12-15)
@@ -91,207 +91,207 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2014</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>To spiti me ta alysidota eglimata</t>
+  </si>
+  <si>
+    <t>O krikos ton eglimaton</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Banho de Sangue</t>
+  </si>
+  <si>
+    <t>Kravgi tromou</t>
+  </si>
+  <si>
+    <t>IT,SE</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Bahía de Sangre</t>
+  </si>
+  <si>
+    <t>Mansão da Morte</t>
+  </si>
+  <si>
+    <t>O Sexo na Sua Forma Mais Violenta</t>
+  </si>
+  <si>
+    <t>CA,US</t>
+  </si>
+  <si>
+    <t>Bay of Blood</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>La baie sanglante</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Den blodige bugt</t>
+  </si>
+  <si>
+    <t>ES,MX</t>
+  </si>
+  <si>
+    <t>Bahía de sangre</t>
+  </si>
+  <si>
+    <t>GB,NO,US</t>
+  </si>
+  <si>
+    <t>A Bay of Blood</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>Bloodbath</t>
+  </si>
+  <si>
+    <t>Blood Bath</t>
+  </si>
+  <si>
+    <t>Bloodbath Bay of Death</t>
+  </si>
+  <si>
+    <t>Sfagi sto akrogiali tis idonis</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A vér öble</t>
+  </si>
+  <si>
+    <t>E così imparano a fare i cattivi</t>
+  </si>
+  <si>
+    <t>Odore di carne</t>
+  </si>
+  <si>
+    <t>Reazione a catena</t>
+  </si>
+  <si>
+    <t>Reazione a catena (Ecologia del delitto)</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Chimidoro no irie</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Kraujo ilanka</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Krwawy obóz</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>Baía Sangrenta</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Lančana reakcija</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>Ekologija zlocina: Verizna reakcija</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Kanlı körfez</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>Carnage Erotica</t>
+  </si>
+  <si>
+    <t>Last House Part II</t>
+  </si>
+  <si>
+    <t>Massacre at Blood Lake</t>
+  </si>
+  <si>
+    <t>Snuff Is My Game</t>
+  </si>
+  <si>
+    <t>Twitch of the Death Nerve</t>
+  </si>
+  <si>
     <t>Carnage</t>
-  </si>
-[...154 lines deleted...]
-    <t>Twitch of the Death Nerve</t>
   </si>
   <si>
     <t>Ecology of a Crime</t>
   </si>
   <si>
     <t>Кровавый залив</t>
   </si>
   <si>
     <t>Blutrausch des Teufels</t>
   </si>
   <si>
     <t>Im Blutrausch des Satans</t>
   </si>
   <si>
     <t>The Last House on the Left, Part II</t>
   </si>
   <si>
     <t>The Antecedent</t>
   </si>
   <si>
     <t>Κραυγή τρόμου</t>
   </si>
   <si>
     <t>Ο κρίκος των εγκλημάτων</t>
   </si>
@@ -847,389 +847,389 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>1</v>
+        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="B10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B13" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B16" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="B18" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>52</v>
+        <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>6</v>
+        <v>57</v>
       </c>
       <c r="B24" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B25" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B26" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B27" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B28" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B30" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B31" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B32" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B33" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B35" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="36" spans="1:2">
-      <c r="A36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="B37" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="B38" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="B39" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="B40" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B42" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B43" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B44" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B46" t="s">
         <v>87</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>