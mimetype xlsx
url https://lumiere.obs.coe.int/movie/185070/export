--- v0 (2025-11-25)
+++ v1 (2026-02-12)
@@ -94,84 +94,84 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2021</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>FINA</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>El estafador</t>
+  </si>
+  <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>El socio del silencio</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Мълчаливият съдружник</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Sócio do Silêncio</t>
   </si>
   <si>
     <t>Parceiro do Silêncio</t>
   </si>
   <si>
     <t>CA,FI,GB,US</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>L'argent de la banque</t>
-  </si>
-[...4 lines deleted...]
-    <t>El estafador</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Dein Partner ist der Tod</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Den tavse makker</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Testigo silencioso</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Vaarallista kaksoispeliä</t>
   </si>
@@ -799,70 +799,70 @@
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>30</v>
       </c>
       <c r="B4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>1</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>