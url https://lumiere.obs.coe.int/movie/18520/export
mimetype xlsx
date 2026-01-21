--- v0 (2025-12-01)
+++ v1 (2026-01-21)
@@ -163,216 +163,216 @@
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Filmayer</t>
   </si>
   <si>
     <t>StudioCanal</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Don't Look Now, We've Been Shot at</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Sahane oyun</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Wielka wlóczega</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>La fuga fantástica</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Die große Sause</t>
+  </si>
+  <si>
+    <t>Een reuze boemel</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Голямата разходка</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>A Grande Escapada</t>
+  </si>
+  <si>
+    <t>CA,GB,IE,US</t>
+  </si>
+  <si>
+    <t>Don't Look Now... We're Being Shot At!</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Undskyld vi flygter</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Suur jalutuskäik</t>
+  </si>
+  <si>
+    <t>La fuga fantastica</t>
+  </si>
+  <si>
+    <t>La gran juerga</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Suuri huviretki</t>
+  </si>
+  <si>
+    <t>FR,GB,US</t>
+  </si>
+  <si>
+    <t>La Grande Vadrouille</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Egy kis kiruccanás</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Tre uomini in fuga</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>大進撃</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Didysis pasivaiksciojimas</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>Samen uit samen thuis</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Unnskyld, vi flykter</t>
+  </si>
+  <si>
+    <t>Wielka włóczęga</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>A grande escapada</t>
+  </si>
+  <si>
+    <t>A Grande Paródia</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Marea hoinareala</t>
+  </si>
+  <si>
+    <t>Marea hoinăreală</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Den stora kalabaliken</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>Velika pustolovscina</t>
+  </si>
+  <si>
+    <t>Şahane oyun</t>
+  </si>
+  <si>
+    <t>Velký flám</t>
+  </si>
+  <si>
+    <t>The Big Runaround</t>
+  </si>
+  <si>
+    <t>Drei Bruchpiloten in Paris</t>
+  </si>
+  <si>
     <t>CN</t>
   </si>
   <si>
     <t>虎口脱险</t>
-  </si>
-[...160 lines deleted...]
-    <t>Drei Bruchpiloten in Paris</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Ασύλληπτη απόδρασις</t>
   </si>
   <si>
     <t>Η πιο ασύλληπτη απόδραση</t>
   </si>
   <si>
     <t>Το μεγάλο γλέντι</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>Большая прогулка</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Велика прогулянка</t>
   </si>
@@ -1214,157 +1214,157 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>49</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-      <c r="A3" t="s">
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>51</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>53</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="B9" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>62</v>
       </c>
       <c r="B10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>64</v>
       </c>
       <c r="B11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>68</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>44</v>
+      </c>
+      <c r="B14" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>74</v>
       </c>
       <c r="B17" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>78</v>
       </c>
@@ -1384,131 +1384,131 @@
       <c r="A21" t="s">
         <v>82</v>
       </c>
       <c r="B21" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>84</v>
       </c>
       <c r="B22" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>86</v>
       </c>
       <c r="B23" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>55</v>
+        <v>89</v>
       </c>
       <c r="B25" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
+        <v>89</v>
+      </c>
+      <c r="B26" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B27" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
+        <v>92</v>
+      </c>
+      <c r="B28" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B29" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>97</v>
       </c>
       <c r="B30" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
+        <v>51</v>
+      </c>
+      <c r="B31" t="s">
         <v>99</v>
       </c>
-      <c r="B31" t="s">
+    </row>
+    <row r="32" spans="1:2">
+      <c r="B32" t="s">
         <v>100</v>
-      </c>
-[...6 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="B33" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="B34" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2">
+      <c r="A35" t="s">
         <v>103</v>
       </c>
-    </row>
-    <row r="35" spans="1:2">
       <c r="B35" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>105</v>
       </c>
       <c r="B36" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>105</v>
       </c>
       <c r="B37" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>105</v>
       </c>
       <c r="B38" t="s">