--- v0 (2025-12-12)
+++ v1 (2026-02-05)
@@ -94,99 +94,99 @@
   <si>
     <t>Total since 2021</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Ekdikitis, O</t>
+  </si>
+  <si>
     <t>BR,CA,GB,MX,PL,RO,US</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>Tierra de audaces</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Jesse James - Mann ohne Gesetz</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Jesse James - Lenda de uma Era Sem Lei</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Jesse James, den lovløse</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Jesse James, suuri seikkailija</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Le brigand bien-aimé</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>Darryl F. Zanuck's Production of Jesse James</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ekdikitis, O</t>
   </si>
   <si>
     <t>Jesse James, o tromokratis</t>
   </si>
   <si>
     <t>HR,SI</t>
   </si>
   <si>
     <t>Desperado</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Jesse James, a nép bálványa</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Jess il bandito</t>
   </si>
   <si>
     <t>JP</t>
   </si>
@@ -772,59 +772,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
@@ -841,51 +841,51 @@
       <c r="A8" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>41</v>
       </c>
       <c r="B10" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>46</v>
       </c>
       <c r="B13" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>48</v>
       </c>