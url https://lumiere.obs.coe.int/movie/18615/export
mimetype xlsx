--- v0 (2025-12-12)
+++ v1 (2026-02-04)
@@ -100,50 +100,62 @@
   <si>
     <t>Total since 2001</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>A-Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Tre bröder</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Tre fratelli</t>
+  </si>
+  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Трима братя</t>
   </si>
   <si>
     <t>CA,GB,US</t>
   </si>
   <si>
     <t>Three Brothers</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Trois frères</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Üç Kardeş</t>
   </si>
   <si>
     <t>LT</t>
@@ -170,62 +182,50 @@
     <t>Tres hermanos</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Três Irmãos</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Kolme veljestä</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Ta tria adelfia</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Három fivér</t>
-  </si>
-[...10 lines deleted...]
-    <t>Tre bröder</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>Три брата</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Drei Brüder</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -801,68 +801,68 @@
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>36</v>
+      </c>
       <c r="B6" t="s">
-        <v>1</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
         <v>45</v>
       </c>