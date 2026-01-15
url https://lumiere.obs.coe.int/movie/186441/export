--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -88,81 +88,81 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2021</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ボレロ/愛欲の日々</t>
+  </si>
+  <si>
     <t>AR,AU,CA,ES,FI,FR,GB,HR,HU,MX,PT,RS,SI,TR,US</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Bolero: Uma Aventura em Êxtase</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Ecstasy</t>
   </si>
   <si>
     <t>Ekstase</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Bolero Ecstasy</t>
   </si>
   <si>
     <t>Bolero extasy</t>
-  </si>
-[...4 lines deleted...]
-    <t>ボレロ/愛欲の日々</t>
   </si>
   <si>
     <t>An Adventure in Ecstasy</t>
   </si>
   <si>
     <t>Boléro</t>
   </si>
   <si>
     <t>Болеро</t>
   </si>
   <si>
     <t>Bolero: An Adventure in Ecstasy</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Μπολερό</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -685,96 +685,96 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="42.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>27</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="B12" t="s">
         <v>38</v>
       </c>
     </row>