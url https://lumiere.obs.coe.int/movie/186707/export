--- v0 (2025-11-23)
+++ v1 (2025-12-16)
@@ -82,126 +82,126 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2021</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Cinematografica Española Sociedad Cooperativa</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Kampf um Rom – 1. Teil</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>El fin de los bárbaros</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>Pour la conquête de Rome I</t>
+  </si>
+  <si>
+    <t>Strijd om Rom</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Último Romano I</t>
+  </si>
+  <si>
+    <t>La invasión de los bárbaros</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Viimeinen roomalainen I</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Le dernier des Romains</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Harc Rómáért</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>La calata dei barbari</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>El fin de los Bárbaros</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Walka o Rzym, część I</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>A Batalha de Roma</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Lupta pentru Roma I</t>
+  </si>
+  <si>
     <t>Struggle for Rome</t>
-  </si>
-[...73 lines deleted...]
-    <t>Lupta pentru Roma I</t>
   </si>
   <si>
     <t>The Fight for Rome</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Битва за Рим</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>The Last Roman</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Οι επιδρομείς</t>
   </si>
 </sst>
 </file>
 
@@ -718,163 +718,163 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
-        <v>22</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>1</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:2">
-      <c r="A17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B17" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="B18" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>49</v>
       </c>
       <c r="B19" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>51</v>
       </c>
       <c r="B20" t="s">
         <v>52</v>
       </c>
     </row>